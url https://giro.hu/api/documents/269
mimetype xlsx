--- v0 (2025-10-28)
+++ v1 (2025-12-29)
@@ -2,79 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7BABE379-000A-414F-849C-53E5600EF521}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F23CF64-66A2-40BA-9917-96E722A3CB57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="480" windowWidth="23280" windowHeight="12600" xr2:uid="{73D37B36-BEE4-4AB8-8C70-C6941B12BA99}"/>
   </bookViews>
   <sheets>
     <sheet name="Nyilvántartás" sheetId="1" r:id="rId1"/>
     <sheet name="Bankkód-BIC" sheetId="2" r:id="rId2"/>
     <sheet name="Magyarázat" sheetId="3" r:id="rId3"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Nyilvántartás!$A$3:$I$52</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="945" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="954" uniqueCount="322">
   <si>
     <t>BIC / BEI kód</t>
   </si>
   <si>
     <t>Klíringtag/Közvetett résztvevő/Ügyfél neve</t>
   </si>
   <si>
     <t>Fizetési kérelmet küld</t>
   </si>
   <si>
     <t>Fizetési kérelmet fogad</t>
   </si>
   <si>
     <t>Fogadási limit (HUF)</t>
   </si>
   <si>
     <t>Küldési limit (HUF)</t>
   </si>
   <si>
     <t>BKCHHUHB</t>
   </si>
   <si>
     <t>BNPAHUHX</t>
   </si>
   <si>
@@ -1001,51 +1004,60 @@
   <si>
     <t>SimplePay Zrt.</t>
   </si>
   <si>
     <t>Trive Bank Europe Zrt.</t>
   </si>
   <si>
     <t>Trive Bank Europe Zrt. (GIROFix)</t>
   </si>
   <si>
     <t>Másodlagos számlaazonosító hozzárendelés benyújtó</t>
   </si>
   <si>
     <t>GIRONONB</t>
   </si>
   <si>
     <t>Az adott szereplő másodlagos számlaazonosító hozzárendelés  benyújtására (pain.001 üzenet beküldésére) jogosult.</t>
   </si>
   <si>
     <t>GIRO Zrt. (másodlagos számlaazonosító technikai küldő)</t>
   </si>
   <si>
     <t>GIROInstant átutalási limitösszeg és fizetési kérelem-, EAM szolgáltatás Sub-aggregátori-, valamint másodlagos számlaazonosító hozzárendelés nyilvántartás</t>
   </si>
   <si>
-    <t>Hatályba lépés dátuma: 2025.11.01.</t>
+    <t>Revolut Bank UAB Magyarországi Fióktelepe</t>
+  </si>
+  <si>
+    <t>REVOHUHB</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>Hatályba lépés dátuma: 2026.01.01.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1327,51 +1339,51 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1470,53 +1482,50 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDDEBF4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1835,1525 +1844,1558 @@
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A81EB534-4E25-447B-A39E-2A7FA2A70138}">
-  <dimension ref="A1:I51"/>
+  <dimension ref="A1:I52"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozenSplit"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A41" activePane="bottomLeft" state="frozenSplit"/>
       <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A52" sqref="A52:XFD52"/>
+      <selection pane="bottomLeft" activeCell="E53" sqref="E53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="18.125" customWidth="1"/>
     <col min="2" max="2" width="40.5" customWidth="1"/>
     <col min="3" max="3" width="14.75" customWidth="1"/>
     <col min="4" max="4" width="14.625" customWidth="1"/>
     <col min="5" max="5" width="17" style="2" customWidth="1"/>
     <col min="6" max="6" width="18.625" style="2" customWidth="1"/>
     <col min="7" max="8" width="24.625" style="3" customWidth="1"/>
     <col min="9" max="9" width="17.375" customWidth="1"/>
     <col min="10" max="10" width="10.375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="51" t="s">
         <v>317</v>
       </c>
-      <c r="B1" s="52"/>
-[...5 lines deleted...]
-      <c r="H1" s="52"/>
+      <c r="B1" s="51"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="51"/>
+      <c r="E1" s="51"/>
+      <c r="F1" s="51"/>
+      <c r="G1" s="51"/>
+      <c r="H1" s="51"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="60">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>289</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>291</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="11" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>247</v>
+        <v>286</v>
       </c>
       <c r="C4" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E4" s="12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F4" s="12" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G4" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>280</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>249</v>
       </c>
       <c r="G5" s="10">
         <v>20000000</v>
       </c>
       <c r="H5" s="10">
         <v>20000000</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="11" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>251</v>
+        <v>277</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E6" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F6" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G6" s="13">
         <v>20000000</v>
       </c>
       <c r="H6" s="13">
-        <v>20000000</v>
+        <v>0</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="8" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>252</v>
+        <v>281</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F7" s="9" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="H7" s="10" t="s">
+        <v>280</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="11" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>253</v>
+        <v>285</v>
       </c>
       <c r="C8" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E8" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F8" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G8" s="13">
         <v>20000000</v>
       </c>
       <c r="H8" s="13">
         <v>20000000</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="8" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>249</v>
       </c>
       <c r="G9" s="10">
         <v>20000000</v>
       </c>
       <c r="H9" s="10">
         <v>20000000</v>
       </c>
       <c r="I9" s="10" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="11" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>249</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>249</v>
       </c>
       <c r="G10" s="13">
         <v>20000000</v>
       </c>
       <c r="H10" s="13">
         <v>20000000</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G11" s="10">
         <v>20000000</v>
       </c>
       <c r="H11" s="10">
-        <v>0</v>
+        <v>20000000</v>
       </c>
       <c r="I11" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="11" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E12" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="F12" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="F12" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="13">
         <v>20000000</v>
       </c>
       <c r="H12" s="13">
-        <v>0</v>
+        <v>20000000</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>298</v>
+        <v>255</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>249</v>
       </c>
       <c r="G13" s="10">
         <v>20000000</v>
       </c>
       <c r="H13" s="10">
         <v>20000000</v>
       </c>
       <c r="I13" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="11" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D14" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E14" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F14" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G14" s="13">
         <v>20000000</v>
       </c>
       <c r="H14" s="13">
-        <v>20000000</v>
+        <v>0</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="8" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G15" s="10">
         <v>20000000</v>
       </c>
       <c r="H15" s="10">
-        <v>20000000</v>
+        <v>0</v>
       </c>
       <c r="I15" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="11" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>260</v>
+        <v>316</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E16" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="F16" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="G16" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>280</v>
+      </c>
+      <c r="I16" s="13" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="8" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>261</v>
+        <v>278</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>248</v>
       </c>
-      <c r="G17" s="10">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G17" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>280</v>
       </c>
       <c r="I17" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="11" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>262</v>
+        <v>303</v>
       </c>
       <c r="C18" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D18" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F18" s="12" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G18" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>280</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>263</v>
+        <v>298</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>249</v>
       </c>
       <c r="G19" s="10">
         <v>20000000</v>
       </c>
       <c r="H19" s="10">
         <v>20000000</v>
       </c>
       <c r="I19" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="C20" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D20" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E20" s="12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F20" s="12" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G20" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="H20" s="13" t="s">
+        <v>280</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G21" s="10">
-        <v>999999999999999</v>
+        <v>20000000</v>
       </c>
       <c r="H21" s="10">
-        <v>0</v>
+        <v>20000000</v>
       </c>
       <c r="I21" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
       <c r="C22" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F22" s="12" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G22" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="H22" s="13" t="s">
+        <v>280</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="8" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G23" s="10">
         <v>20000000</v>
       </c>
       <c r="H23" s="10">
-        <v>0</v>
+        <v>20000000</v>
       </c>
       <c r="I23" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="11" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="C24" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D24" s="12" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="E24" s="12" t="s">
         <v>249</v>
       </c>
       <c r="F24" s="12" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G24" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="H24" s="13" t="s">
+        <v>280</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="8" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>249</v>
       </c>
       <c r="G25" s="10">
         <v>20000000</v>
       </c>
       <c r="H25" s="10">
         <v>20000000</v>
       </c>
       <c r="I25" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="11" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D26" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F26" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G26" s="13">
         <v>20000000</v>
       </c>
       <c r="H26" s="13">
-        <v>20000000</v>
+        <v>0</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>249</v>
       </c>
       <c r="G27" s="10">
         <v>20000000</v>
       </c>
       <c r="H27" s="10">
         <v>20000000</v>
       </c>
       <c r="I27" s="10" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="11" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="C28" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E28" s="12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F28" s="12" t="s">
         <v>249</v>
       </c>
       <c r="G28" s="13">
         <v>20000000</v>
       </c>
       <c r="H28" s="13">
         <v>20000000</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="8" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="H29" s="10" t="s">
+        <v>280</v>
       </c>
       <c r="I29" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="11" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>273</v>
+        <v>299</v>
       </c>
       <c r="C30" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D30" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F30" s="12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G30" s="13">
         <v>20000000</v>
       </c>
       <c r="H30" s="13">
-        <v>0</v>
+        <v>20000000</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="8" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>248</v>
       </c>
       <c r="G31" s="10">
-        <v>20000000</v>
+        <v>999999999999999</v>
       </c>
       <c r="H31" s="10">
         <v>0</v>
       </c>
       <c r="I31" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="11" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="C32" s="12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D32" s="12" t="s">
-        <v>290</v>
+        <v>307</v>
       </c>
       <c r="E32" s="12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F32" s="12" t="s">
         <v>249</v>
       </c>
       <c r="G32" s="13">
         <v>20000000</v>
       </c>
       <c r="H32" s="13">
         <v>20000000</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="8" t="s">
-        <v>35</v>
+        <v>309</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>276</v>
+        <v>308</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>20000000</v>
+        <v>248</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="H33" s="10" t="s">
+        <v>280</v>
       </c>
       <c r="I33" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D34" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F34" s="12" t="s">
         <v>248</v>
       </c>
       <c r="G34" s="13">
         <v>20000000</v>
       </c>
       <c r="H34" s="13">
         <v>0</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="8" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>278</v>
+        <v>254</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>280</v>
+        <v>249</v>
+      </c>
+      <c r="G35" s="10">
+        <v>20000000</v>
+      </c>
+      <c r="H35" s="10">
+        <v>20000000</v>
       </c>
       <c r="I35" s="10" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="11" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F36" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="G36" s="13" t="s">
-[...3 lines deleted...]
-        <v>280</v>
+      <c r="G36" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H36" s="13">
+        <v>0</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="8" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E37" s="9" t="s">
+        <v>248</v>
+      </c>
+      <c r="F37" s="9" t="s">
         <v>249</v>
       </c>
-      <c r="F37" s="9" t="s">
-[...6 lines deleted...]
-        <v>280</v>
+      <c r="G37" s="10">
+        <v>20000000</v>
+      </c>
+      <c r="H37" s="10">
+        <v>20000000</v>
       </c>
       <c r="I37" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="11" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="C38" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D38" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F38" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="G38" s="13" t="s">
-[...3 lines deleted...]
-        <v>280</v>
+      <c r="G38" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H38" s="13">
+        <v>0</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="8" t="s">
-        <v>41</v>
+        <v>306</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>283</v>
+        <v>305</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>248</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>279</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>280</v>
       </c>
       <c r="I39" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="11" t="s">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>284</v>
+        <v>302</v>
       </c>
       <c r="C40" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D40" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E40" s="12" t="s">
         <v>249</v>
       </c>
       <c r="F40" s="12" t="s">
         <v>248</v>
       </c>
       <c r="G40" s="13" t="s">
         <v>279</v>
       </c>
       <c r="H40" s="13" t="s">
         <v>280</v>
       </c>
       <c r="I40" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="8" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>311</v>
+        <v>268</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G41" s="10">
         <v>20000000</v>
       </c>
       <c r="H41" s="10">
         <v>20000000</v>
       </c>
       <c r="I41" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="11" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>312</v>
+        <v>269</v>
       </c>
       <c r="C42" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D42" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E42" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="F42" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="F42" s="12" t="s">
-[...6 lines deleted...]
-        <v>280</v>
+      <c r="G42" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H42" s="13">
+        <v>20000000</v>
       </c>
       <c r="I42" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="8" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>285</v>
+        <v>270</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D43" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G43" s="10">
         <v>20000000</v>
       </c>
       <c r="H43" s="10">
         <v>20000000</v>
       </c>
       <c r="I43" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="11" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D44" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E44" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="F44" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="F44" s="12" t="s">
-[...6 lines deleted...]
-        <v>280</v>
+      <c r="G44" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H44" s="13">
+        <v>20000000</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="8" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>287</v>
+        <v>272</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>280</v>
+        <v>249</v>
+      </c>
+      <c r="G45" s="10">
+        <v>20000000</v>
+      </c>
+      <c r="H45" s="10">
+        <v>20000000</v>
       </c>
       <c r="I45" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="11" t="s">
-        <v>48</v>
+        <v>319</v>
       </c>
       <c r="B46" s="11" t="s">
-        <v>288</v>
+        <v>318</v>
       </c>
       <c r="C46" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D46" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>248</v>
       </c>
       <c r="F46" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="G46" s="13" t="s">
-[...3 lines deleted...]
-        <v>280</v>
+      <c r="G46" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H46" s="13">
+        <v>20000000</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="8" t="s">
-        <v>304</v>
+        <v>38</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D47" s="9" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>248</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>279</v>
       </c>
       <c r="H47" s="10" t="s">
         <v>280</v>
       </c>
       <c r="I47" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="11" t="s">
-        <v>309</v>
+        <v>43</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C48" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E48" s="12" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F48" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="G48" s="13" t="s">
-[...3 lines deleted...]
-        <v>280</v>
+      <c r="G48" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H48" s="13">
+        <v>20000000</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="8" t="s">
-        <v>301</v>
+        <v>44</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>248</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>279</v>
       </c>
       <c r="H49" s="10" t="s">
         <v>280</v>
       </c>
       <c r="I49" s="10" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="11" t="s">
-        <v>306</v>
+        <v>35</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>305</v>
+        <v>276</v>
       </c>
       <c r="C50" s="12" t="s">
         <v>248</v>
       </c>
       <c r="D50" s="12" t="s">
         <v>290</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>249</v>
       </c>
       <c r="F50" s="12" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>280</v>
+        <v>249</v>
+      </c>
+      <c r="G50" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H50" s="13">
+        <v>20000000</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="51" spans="1:9" ht="28.5">
+    <row r="51" spans="1:9">
       <c r="A51" s="8" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>41</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>283</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>290</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>248</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>279</v>
       </c>
       <c r="H51" s="10" t="s">
         <v>280</v>
       </c>
       <c r="I51" s="10" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="D52" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="E52" s="12" t="s">
         <v>249</v>
       </c>
+      <c r="F52" s="12" t="s">
+        <v>249</v>
+      </c>
+      <c r="G52" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H52" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="I52" s="13" t="s">
+        <v>248</v>
+      </c>
     </row>
   </sheetData>
+  <autoFilter ref="A3:I52" xr:uid="{A81EB534-4E25-447B-A39E-2A7FA2A70138}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:I52">
+    <sortCondition ref="B4:B52"/>
+  </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71CB3B0C-93CD-4544-9107-4FA6AF1E7117}">
-  <dimension ref="A1:C168"/>
+  <dimension ref="A1:C169"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A144" activePane="bottomLeft" state="frozenSplit"/>
-      <selection pane="bottomLeft" activeCell="A169" sqref="A169:XFD169"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
+      <selection pane="bottomLeft" activeCell="B46" sqref="B46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="8.625" style="15" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.875" style="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.875" style="15" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="9.125" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="14" customFormat="1" ht="15">
       <c r="A1" s="14" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="14" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="15" t="s">
         <v>52</v>
       </c>
@@ -3800,1457 +3842,1468 @@
       <c r="C42" s="15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="15" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="15" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="15" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>218</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="15" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>320</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>26</v>
+        <v>319</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="15" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>219</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="15" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B48" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="15" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B49" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="15" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B50" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="15" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B51" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="15" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B52" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="15" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B53" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="15" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B54" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="15" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B55" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="15" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B56" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="15" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B57" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="15" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B58" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="15" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B59" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="15" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B60" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="15" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B61" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="15" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B62" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="15" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B63" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="15" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B64" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="15" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B65" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="15" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B66" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="15" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B67" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="15" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B68" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="15" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B69" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="15" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B70" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="15" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B71" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="15" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B72" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B73" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="15" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B74" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="15" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B75" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="15" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="15" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B77" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="15" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B78" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="15" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B79" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="15" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B80" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="15" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B81" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="15" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B82" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="15" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B83" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="15" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B84" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="15" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B85" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="15" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B86" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="15" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B87" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="15" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B88" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="15" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B89" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="15" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B90" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="15" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B91" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="15" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B92" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="15" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B93" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="15" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B94" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="15" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B95" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="15" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B96" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="15" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B97" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="15" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B98" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="15" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B99" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="15" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B100" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="15" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B101" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="15" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B102" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="15" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B103" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="15" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B104" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="15" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B105" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="15" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B106" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="15" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B107" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="15" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B108" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="15" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B109" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="15" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B110" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="15" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B111" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="15" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B112" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="15" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B113" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="15" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B114" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="15" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B115" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="15" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B116" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="15" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B117" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="15" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B118" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="15" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B119" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="15" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B120" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="15" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B121" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="15" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B122" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="15" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B123" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="15" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B124" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="15" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B125" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="15" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B126" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="15" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B127" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="15" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B128" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="15" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B129" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="15" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B130" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="15" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B131" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="15" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B132" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="15" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B133" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="15" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B134" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="15" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B135" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="15" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B136" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="15" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B137" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="15" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B138" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="15" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B139" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="15" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B140" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="15" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B141" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="15" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B142" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="15" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B143" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="15" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B144" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="15" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B145" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="15" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B146" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="15" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B147" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="15" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B148" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="15" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B149" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="15" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B150" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="15" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B151" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="15" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B152" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="15" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B153" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="15" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B154" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="15" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B155" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="15" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B156" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="15" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B157" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="15" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B158" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="15" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B159" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="15" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B160" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="15" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B161" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="15" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B162" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="15" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B163" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="15" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B164" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="15" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B165" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="15" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B166" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="15" t="s">
-        <v>218</v>
+        <v>215</v>
+      </c>
+      <c r="B167" s="15" t="s">
+        <v>53</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="15" t="s">
-        <v>219</v>
+        <v>216</v>
+      </c>
+      <c r="B168" s="15" t="s">
+        <v>53</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>45</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="B169" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C169" s="15" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C169">
+    <sortCondition ref="A2:A169"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{258E4E66-F344-4944-A6C1-3082D10AF0F1}">
   <dimension ref="A1:J18"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A11" activePane="bottomLeft" state="frozenSplit"/>
       <selection pane="bottomLeft" activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.125" style="18" customWidth="1"/>
     <col min="2" max="2" width="68.875" style="18" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.875" style="18" customWidth="1"/>
     <col min="4" max="4" width="76.625" style="18" customWidth="1"/>
     <col min="5" max="5" width="77.125" style="45" customWidth="1"/>
     <col min="6" max="9" width="8.875" style="18"/>
     <col min="10" max="10" width="10.375" style="18" customWidth="1"/>
     <col min="11" max="16384" width="8.875" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="21">
       <c r="A1" s="16" t="s">
         <v>220</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="17"/>
     </row>
     <row r="2" spans="1:10" ht="21">
       <c r="A2" s="16"/>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="17"/>
     </row>
     <row r="3" spans="1:10" ht="79.5" customHeight="1">
-      <c r="A3" s="53" t="s">
+      <c r="A3" s="52" t="s">
         <v>221</v>
       </c>
-      <c r="B3" s="53"/>
-[...2 lines deleted...]
-      <c r="E3" s="53"/>
+      <c r="B3" s="52"/>
+      <c r="C3" s="52"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="52"/>
     </row>
     <row r="4" spans="1:10" ht="15.75" thickBot="1">
       <c r="A4" s="19" t="s">
         <v>222</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="17"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="20" t="s">
         <v>223</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>224</v>
       </c>
       <c r="C5" s="21" t="s">
         <v>225</v>
       </c>
       <c r="D5" s="21" t="s">
         <v>226</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>227</v>