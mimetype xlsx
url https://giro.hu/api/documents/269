--- v1 (2025-12-29)
+++ v2 (2026-03-10)
@@ -2,82 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F23CF64-66A2-40BA-9917-96E722A3CB57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02767B60-452A-4036-B209-6D2626A73825}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="480" windowWidth="23280" windowHeight="12600" xr2:uid="{73D37B36-BEE4-4AB8-8C70-C6941B12BA99}"/>
   </bookViews>
   <sheets>
     <sheet name="Nyilvántartás" sheetId="1" r:id="rId1"/>
     <sheet name="Bankkód-BIC" sheetId="2" r:id="rId2"/>
     <sheet name="Magyarázat" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Nyilvántartás!$A$3:$I$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Nyilvántartás!$A$3:$I$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="954" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="945" uniqueCount="320">
   <si>
     <t>BIC / BEI kód</t>
   </si>
   <si>
     <t>Klíringtag/Közvetett résztvevő/Ügyfél neve</t>
   </si>
   <si>
     <t>Fizetési kérelmet küld</t>
   </si>
   <si>
     <t>Fizetési kérelmet fogad</t>
   </si>
   <si>
     <t>Fogadási limit (HUF)</t>
   </si>
   <si>
     <t>Küldési limit (HUF)</t>
   </si>
   <si>
     <t>BKCHHUHB</t>
   </si>
   <si>
     <t>BNPAHUHX</t>
   </si>
   <si>
@@ -158,53 +158,50 @@
   <si>
     <t>TAKBHUHB</t>
   </si>
   <si>
     <t>TRWIBEBB</t>
   </si>
   <si>
     <t>BACXHUHB</t>
   </si>
   <si>
     <t>BKCHHUHH</t>
   </si>
   <si>
     <t>GFIXHUH1</t>
   </si>
   <si>
     <t>NONBHUH1002</t>
   </si>
   <si>
     <t>NONBHUH1006</t>
   </si>
   <si>
     <t>NONBHUH1011</t>
   </si>
   <si>
-    <t>NONBHUH1013</t>
-[...1 lines deleted...]
-  <si>
     <t>GFIXHUH1014</t>
   </si>
   <si>
     <t>THZTHUHH</t>
   </si>
   <si>
     <t>GFIXHUH1299</t>
   </si>
   <si>
     <t>BBIXHUHH</t>
   </si>
   <si>
     <t>GFIXHUH1019</t>
   </si>
   <si>
     <t>GFIXHUH1167</t>
   </si>
   <si>
     <t>INNOHUH1</t>
   </si>
   <si>
     <t>Bankkód</t>
   </si>
   <si>
     <t>Közvetett BIC</t>
@@ -486,53 +483,50 @@
     <t>591</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>606</t>
-  </si>
-[...1 lines deleted...]
-    <t>612</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>627</t>
   </si>
@@ -896,53 +890,50 @@
   <si>
     <t>Wise Europe SA</t>
   </si>
   <si>
     <t>UniCredit Bank Zrt.</t>
   </si>
   <si>
     <t>Bank of China Limited Magyarországi Fióktelepe</t>
   </si>
   <si>
     <t>GIROFix</t>
   </si>
   <si>
     <t>nem fogad utalást</t>
   </si>
   <si>
     <t>nem küld utalást</t>
   </si>
   <si>
     <t>Billingo Technologies Zrt.</t>
   </si>
   <si>
     <t>KBOSS.hu Kereskedelmi és Szolgáltató Kft.</t>
   </si>
   <si>
-    <t>VOXINFO KFT.</t>
-[...1 lines deleted...]
-  <si>
     <t>HW STÚDIÓ KFT.</t>
   </si>
   <si>
     <t>BinX Zrt.</t>
   </si>
   <si>
     <t>Aggreg8 Kft.</t>
   </si>
   <si>
     <t>Magyar Cetelem Zrt. (GIROFIX)</t>
   </si>
   <si>
     <t>Innopay Zrt. (EAM)</t>
   </si>
   <si>
     <t>Sub-aggregátor szerepkör</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t xml:space="preserve">Sub-aggregátor azonosító kód
  (3 karakter) </t>
   </si>
   <si>
@@ -1013,117 +1004,134 @@
   <si>
     <t>Másodlagos számlaazonosító hozzárendelés benyújtó</t>
   </si>
   <si>
     <t>GIRONONB</t>
   </si>
   <si>
     <t>Az adott szereplő másodlagos számlaazonosító hozzárendelés  benyújtására (pain.001 üzenet beküldésére) jogosult.</t>
   </si>
   <si>
     <t>GIRO Zrt. (másodlagos számlaazonosító technikai küldő)</t>
   </si>
   <si>
     <t>GIROInstant átutalási limitösszeg és fizetési kérelem-, EAM szolgáltatás Sub-aggregátori-, valamint másodlagos számlaazonosító hozzárendelés nyilvántartás</t>
   </si>
   <si>
     <t>Revolut Bank UAB Magyarországi Fióktelepe</t>
   </si>
   <si>
     <t>REVOHUHB</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>Hatályba lépés dátuma: 2026.01.01.</t>
+    <t>Hatályba lépés dátuma: 2026.03.01.</t>
+  </si>
+  <si>
+    <t>311</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDEBF4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1339,51 +1347,51 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1489,50 +1497,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDDEBF4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
@@ -1844,3696 +1853,3667 @@
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A81EB534-4E25-447B-A39E-2A7FA2A70138}">
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I51"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A41" activePane="bottomLeft" state="frozenSplit"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A15" activePane="bottomLeft" state="frozenSplit"/>
       <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="E53" sqref="E53"/>
+      <selection pane="bottomLeft" activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="18.125" customWidth="1"/>
     <col min="2" max="2" width="40.5" customWidth="1"/>
     <col min="3" max="3" width="14.75" customWidth="1"/>
     <col min="4" max="4" width="14.625" customWidth="1"/>
     <col min="5" max="5" width="17" style="2" customWidth="1"/>
     <col min="6" max="6" width="18.625" style="2" customWidth="1"/>
     <col min="7" max="8" width="24.625" style="3" customWidth="1"/>
     <col min="9" max="9" width="17.375" customWidth="1"/>
     <col min="10" max="10" width="10.375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15">
       <c r="A1" s="51" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="51"/>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
       <c r="G1" s="51"/>
       <c r="H1" s="51"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="60">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="11" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C4" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D4" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E4" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F4" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G4" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I4" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="8" t="s">
+        <v>245</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="F5" s="9" t="s">
         <v>247</v>
       </c>
-      <c r="C5" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="10">
         <v>20000000</v>
       </c>
       <c r="H5" s="10">
         <v>20000000</v>
       </c>
       <c r="I5" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="11" t="s">
         <v>36</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C6" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E6" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F6" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G6" s="13">
         <v>20000000</v>
       </c>
       <c r="H6" s="13">
         <v>0</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F7" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G7" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H7" s="10" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I7" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="11" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D8" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F8" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G8" s="13">
         <v>20000000</v>
       </c>
       <c r="H8" s="13">
         <v>20000000</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G9" s="10">
         <v>20000000</v>
       </c>
       <c r="H9" s="10">
         <v>20000000</v>
       </c>
       <c r="I9" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C10" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D10" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F10" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G10" s="13">
         <v>20000000</v>
       </c>
       <c r="H10" s="13">
         <v>20000000</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G11" s="10">
         <v>20000000</v>
       </c>
       <c r="H11" s="10">
         <v>20000000</v>
       </c>
       <c r="I11" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C12" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D12" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F12" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G12" s="13">
         <v>20000000</v>
       </c>
       <c r="H12" s="13">
         <v>20000000</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G13" s="10">
         <v>20000000</v>
       </c>
       <c r="H13" s="10">
         <v>20000000</v>
       </c>
       <c r="I13" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C14" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D14" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F14" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G14" s="13">
         <v>20000000</v>
       </c>
       <c r="H14" s="13">
         <v>0</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G15" s="10">
         <v>20000000</v>
       </c>
       <c r="H15" s="10">
         <v>0</v>
       </c>
       <c r="I15" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="11" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C16" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D16" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E16" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F16" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G16" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="H17" s="10" t="s">
         <v>278</v>
       </c>
-      <c r="C17" s="9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I17" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="11" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C18" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D18" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F18" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G18" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G19" s="10">
         <v>20000000</v>
       </c>
       <c r="H19" s="10">
         <v>20000000</v>
       </c>
       <c r="I19" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C20" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D20" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E20" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F20" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G20" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I20" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G21" s="10">
         <v>20000000</v>
       </c>
       <c r="H21" s="10">
         <v>20000000</v>
       </c>
       <c r="I21" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D22" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F22" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G22" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I22" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G23" s="10">
         <v>20000000</v>
       </c>
       <c r="H23" s="10">
         <v>20000000</v>
       </c>
       <c r="I23" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C24" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D24" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E24" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F24" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G24" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I24" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G25" s="10">
         <v>20000000</v>
       </c>
       <c r="H25" s="10">
         <v>20000000</v>
       </c>
       <c r="I25" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C26" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D26" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F26" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G26" s="13">
         <v>20000000</v>
       </c>
       <c r="H26" s="13">
         <v>0</v>
       </c>
       <c r="I26" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G27" s="10">
         <v>20000000</v>
       </c>
       <c r="H27" s="10">
         <v>20000000</v>
       </c>
       <c r="I27" s="10" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C28" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D28" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E28" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F28" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G28" s="13">
         <v>20000000</v>
       </c>
       <c r="H28" s="13">
         <v>20000000</v>
       </c>
       <c r="I28" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B29" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D29" s="9" t="s">
         <v>287</v>
       </c>
-      <c r="C29" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H29" s="10" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I29" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C30" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D30" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F30" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G30" s="13">
         <v>20000000</v>
       </c>
       <c r="H30" s="13">
         <v>20000000</v>
       </c>
       <c r="I30" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G31" s="10">
         <v>999999999999999</v>
       </c>
       <c r="H31" s="10">
         <v>0</v>
       </c>
       <c r="I31" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C32" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D32" s="12" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E32" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F32" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G32" s="13">
         <v>20000000</v>
       </c>
       <c r="H32" s="13">
         <v>20000000</v>
       </c>
       <c r="I32" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="8" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G33" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H33" s="10" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I33" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="11" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D34" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F34" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G34" s="13">
         <v>20000000</v>
       </c>
       <c r="H34" s="13">
         <v>0</v>
       </c>
       <c r="I34" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G35" s="10">
         <v>20000000</v>
       </c>
       <c r="H35" s="10">
         <v>20000000</v>
       </c>
       <c r="I35" s="10" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="11" t="s">
         <v>32</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F36" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G36" s="13">
         <v>20000000</v>
       </c>
       <c r="H36" s="13">
         <v>0</v>
       </c>
       <c r="I36" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G37" s="10">
         <v>20000000</v>
       </c>
       <c r="H37" s="10">
         <v>20000000</v>
       </c>
       <c r="I37" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C38" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D38" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F38" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G38" s="13">
         <v>20000000</v>
       </c>
       <c r="H38" s="13">
         <v>0</v>
       </c>
       <c r="I38" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="8" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H39" s="10" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I39" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="11" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C40" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D40" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E40" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F40" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G40" s="13" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I40" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G41" s="10">
         <v>20000000</v>
       </c>
       <c r="H41" s="10">
         <v>20000000</v>
       </c>
       <c r="I41" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C42" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D42" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F42" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G42" s="13">
         <v>20000000</v>
       </c>
       <c r="H42" s="13">
         <v>20000000</v>
       </c>
       <c r="I42" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G43" s="10">
         <v>20000000</v>
       </c>
       <c r="H43" s="10">
         <v>20000000</v>
       </c>
       <c r="I43" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C44" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D44" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E44" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F44" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G44" s="13">
         <v>20000000</v>
       </c>
       <c r="H44" s="13">
         <v>20000000</v>
       </c>
       <c r="I44" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G45" s="10">
         <v>20000000</v>
       </c>
       <c r="H45" s="10">
         <v>20000000</v>
       </c>
       <c r="I45" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="11" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B46" s="11" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C46" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D46" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F46" s="12" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G46" s="13">
         <v>20000000</v>
       </c>
       <c r="H46" s="13">
         <v>20000000</v>
       </c>
       <c r="I46" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D47" s="9" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G47" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H47" s="10" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I47" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C48" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D48" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E48" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F48" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G48" s="13">
         <v>20000000</v>
       </c>
       <c r="H48" s="13">
         <v>20000000</v>
       </c>
       <c r="I48" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="H49" s="10" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I49" s="10" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C50" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D50" s="12" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E50" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F50" s="12" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G50" s="13">
         <v>20000000</v>
       </c>
       <c r="H50" s="13">
         <v>20000000</v>
       </c>
       <c r="I50" s="13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:9">
-      <c r="A51" s="8" t="s">
-[...28 lines deleted...]
-      <c r="A52" s="11" t="s">
+      <c r="A51" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="B52" s="11" t="s">
-[...21 lines deleted...]
-        <v>248</v>
+      <c r="B51" s="11" t="s">
+        <v>273</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="D51" s="12" t="s">
+        <v>287</v>
+      </c>
+      <c r="E51" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="F51" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="G51" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="H51" s="13">
+        <v>20000000</v>
+      </c>
+      <c r="I51" s="13" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:I52" xr:uid="{A81EB534-4E25-447B-A39E-2A7FA2A70138}"/>
-[...1 lines deleted...]
-    <sortCondition ref="B4:B52"/>
+  <autoFilter ref="A3:I51" xr:uid="{A81EB534-4E25-447B-A39E-2A7FA2A70138}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:I51">
+    <sortCondition ref="B4:B51"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71CB3B0C-93CD-4544-9107-4FA6AF1E7117}">
   <dimension ref="A1:C169"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
-      <selection pane="bottomLeft" activeCell="B46" sqref="B46"/>
+      <pane ySplit="1" topLeftCell="A90" activePane="bottomLeft" state="frozenSplit"/>
+      <selection pane="bottomLeft" activeCell="E98" sqref="E98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="8.625" style="15" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.875" style="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.875" style="15" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="9.125" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="14" customFormat="1" ht="15">
       <c r="A1" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="14" t="s">
         <v>49</v>
       </c>
-      <c r="B1" s="14" t="s">
+      <c r="C1" s="14" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B2" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="15" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C3" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="15" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="15" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B5" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C5" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="15" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B6" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B7" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B8" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C8" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B9" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B10" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B11" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B12" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B13" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="15" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B14" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="15" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B15" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="15" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B16" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="15" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B17" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B18" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B19" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B20" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B21" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B22" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B23" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B24" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B25" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B26" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B27" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B28" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B29" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B30" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B31" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="15" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B32" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="15" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B33" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B34" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B35" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="15" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B36" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="15" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B37" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="15" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B38" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="15" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B39" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B40" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B41" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="15" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B42" s="15" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="15" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B44" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="15" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="15" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="15" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B48" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B49" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="15" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B50" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="15" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B51" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B52" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B53" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="15" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B54" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B55" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B56" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B57" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B58" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="15" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B59" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B60" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B61" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B62" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B63" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B64" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B65" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B66" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B67" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B68" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B69" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B70" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B71" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B72" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B73" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B74" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B75" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B76" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B77" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B78" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B79" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B80" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B81" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B82" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B83" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B84" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="15" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B85" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B86" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B87" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B88" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B89" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B90" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="15" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B91" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B92" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B93" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B94" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B95" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B96" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="15" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B97" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B98" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="15" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B99" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="15" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B100" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B101" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B102" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
-      <c r="A103" s="15" t="s">
-[...5 lines deleted...]
-      <c r="C103" s="15" t="s">
+      <c r="A103" s="53" t="s">
+        <v>319</v>
+      </c>
+      <c r="B103" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="C103" s="53" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="15" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B104" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="15" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B105" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="15" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B106" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="15" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B107" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="15" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B108" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="15" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B109" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="15" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B110" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="15" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B111" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="15" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B112" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="15" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B113" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="15" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B114" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="15" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B115" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="15" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B116" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="15" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B117" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="15" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B118" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="15" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B119" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="15" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B120" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="15" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B121" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="15" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B122" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="15" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B123" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="15" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B124" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="15" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B125" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="15" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B126" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="15" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B127" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="15" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B128" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="15" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B129" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="15" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B130" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="15" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B131" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="15" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B132" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B133" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="15" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B134" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B135" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B136" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="15" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B137" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="15" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B138" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="15" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B139" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="15" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B140" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B141" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B142" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B143" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="15" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B144" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="15" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B145" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B146" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="15" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B147" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B148" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="15" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B149" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="15" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B150" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="15" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B151" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="15" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B152" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="15" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B153" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="15" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B154" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="15" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="15" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B156" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="15" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B157" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="15" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B158" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="15" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="15" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B160" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="15" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B161" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="15" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B162" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="15" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B163" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="15" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B164" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="15" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B165" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="15" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B166" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="15" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B167" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="15" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B168" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="15" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B169" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C169">
     <sortCondition ref="A2:A169"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{258E4E66-F344-4944-A6C1-3082D10AF0F1}">
   <dimension ref="A1:J18"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A11" activePane="bottomLeft" state="frozenSplit"/>
       <selection pane="bottomLeft" activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.125" style="18" customWidth="1"/>
     <col min="2" max="2" width="68.875" style="18" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.875" style="18" customWidth="1"/>
     <col min="4" max="4" width="76.625" style="18" customWidth="1"/>
     <col min="5" max="5" width="77.125" style="45" customWidth="1"/>
     <col min="6" max="9" width="8.875" style="18"/>
     <col min="10" max="10" width="10.375" style="18" customWidth="1"/>
     <col min="11" max="16384" width="8.875" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="21">
       <c r="A1" s="16" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="17"/>
     </row>
     <row r="2" spans="1:10" ht="21">
       <c r="A2" s="16"/>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="17"/>
     </row>
     <row r="3" spans="1:10" ht="79.5" customHeight="1">
       <c r="A3" s="52" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
     </row>
     <row r="4" spans="1:10" ht="15.75" thickBot="1">
       <c r="A4" s="19" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="17"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" s="21" t="s">
+        <v>222</v>
+      </c>
+      <c r="C5" s="21" t="s">
         <v>223</v>
       </c>
-      <c r="B5" s="21" t="s">
+      <c r="D5" s="21" t="s">
         <v>224</v>
       </c>
-      <c r="C5" s="21" t="s">
+      <c r="E5" s="22" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="90">
       <c r="A6" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D6" s="25" t="s">
         <v>228</v>
       </c>
-      <c r="C6" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="26" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="246.75" customHeight="1">
       <c r="A7" s="27" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="28" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C7" s="29" t="s">
+        <v>227</v>
+      </c>
+      <c r="D7" s="29" t="s">
         <v>229</v>
       </c>
-      <c r="D7" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="30" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="54" customHeight="1">
       <c r="A8" s="27" t="s">
+        <v>286</v>
+      </c>
+      <c r="B8" s="31" t="s">
+        <v>231</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D8" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E8" s="30" t="s">
         <v>289</v>
-      </c>
-[...10 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="67.5" customHeight="1">
       <c r="A9" s="27" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B9" s="46" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C9" s="25" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D9" s="32" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E9" s="30" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="60.75" customHeight="1">
       <c r="A10" s="23" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="31" t="s">
+        <v>231</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D10" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E10" s="26" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
       <c r="J10" s="17"/>
     </row>
     <row r="11" spans="1:10" ht="60.75" customHeight="1">
       <c r="A11" s="23" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="31" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C11" s="25" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D11" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E11" s="26" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="60.75" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D12" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E12" s="26" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="80.25" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="33" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C13" s="25" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D13" s="32" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="30.75" thickBot="1">
       <c r="A14" s="48" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B14" s="49" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C14" s="29" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D14" s="50" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="E14" s="47" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="30">
       <c r="A15" s="34" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B15" s="35" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C15" s="36" t="s">
+        <v>240</v>
+      </c>
+      <c r="D15" s="36" t="s">
+        <v>241</v>
+      </c>
+      <c r="E15" s="37" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="30">
       <c r="A16" s="38" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B16" s="39" t="s">
+        <v>226</v>
+      </c>
+      <c r="C16" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D16" s="25" t="s">
         <v>228</v>
       </c>
-      <c r="C16" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="40" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15.75" thickBot="1">
       <c r="A17" s="41" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B17" s="42" t="s">
+        <v>226</v>
+      </c>
+      <c r="C17" s="43" t="s">
+        <v>227</v>
+      </c>
+      <c r="D17" s="43" t="s">
         <v>228</v>
       </c>
-      <c r="C17" s="43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="44" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="E18" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>